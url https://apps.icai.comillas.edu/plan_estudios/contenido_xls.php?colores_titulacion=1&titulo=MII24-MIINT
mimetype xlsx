--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -527,78 +527,78 @@
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>XXX-MIINT-596</t>
   </si>
   <si>
     <t>0000013446</t>
   </si>
   <si>
     <t>Prácticas</t>
   </si>
   <si>
     <t>Master Thesis (MIINT)</t>
   </si>
   <si>
     <t>XXX-MIINT-599</t>
   </si>
   <si>
     <t>0000013452</t>
   </si>
   <si>
     <t>Trabajo Fin de Master (MIINT)</t>
   </si>
   <si>
-    <t>Optariva Complementaria. Internet of Things</t>
+    <t>Optativa Complementaria. Autonomous Mobile Robots</t>
+  </si>
+  <si>
+    <t>DEAC-MIINT-521oc</t>
+  </si>
+  <si>
+    <t>0000014118</t>
+  </si>
+  <si>
+    <t>Autonomous Mobile Robots</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robots Móviles Autónomos </t>
+  </si>
+  <si>
+    <t>Optativa Complementaria. Internet of Things</t>
   </si>
   <si>
     <t>DEAC-MIINT-527oc</t>
   </si>
   <si>
     <t>0000014120</t>
   </si>
   <si>
     <t>Internet of Things</t>
   </si>
   <si>
     <t>Internet de las Cosas</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">Robots Móviles Autónomos </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>