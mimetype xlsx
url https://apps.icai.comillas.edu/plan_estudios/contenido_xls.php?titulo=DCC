--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -170,60 +170,60 @@
   <si>
     <t>Alemán para Ingenieros II</t>
   </si>
   <si>
     <t>IIM-DCC-201D</t>
   </si>
   <si>
     <t>B2 / C1</t>
   </si>
   <si>
     <t>English for Engineers II</t>
   </si>
   <si>
     <t>IIM-DCC-200E</t>
   </si>
   <si>
     <t>B2.2 / C1.2 / C2.2</t>
   </si>
   <si>
     <t>Inglés para Ingenieros II</t>
   </si>
   <si>
     <t>Français pour les Ingénieurs II</t>
   </si>
   <si>
+    <t>IIM-DCC-200F</t>
+  </si>
+  <si>
+    <t>French for Engineers II</t>
+  </si>
+  <si>
+    <t>Francés para Ingenieros II</t>
+  </si>
+  <si>
     <t>IIM-DCC-201F</t>
-  </si>
-[...7 lines deleted...]
-    <t>IIM-DCC-200F</t>
   </si>
   <si>
     <t>3-0</t>
   </si>
   <si>
     <t>3º Año</t>
   </si>
   <si>
     <t>3 - A</t>
   </si>
   <si>
     <t>Communication Skills</t>
   </si>
   <si>
     <t>IIM-DCC-300</t>
   </si>
   <si>
     <t>B2 / C1 / C2</t>
   </si>
   <si>
     <t>Habilidades Comunicativas</t>
   </si>
   <si>
     <t>4-0</t>
   </si>
@@ -911,98 +911,98 @@
       </c>
       <c r="J11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="M11" t="s">
         <v>47</v>
       </c>
       <c r="N11" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>21</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="M12" t="s">
         <v>53</v>
       </c>
       <c r="N12" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="E13" t="s">
         <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="M13" t="s">
         <v>53</v>
       </c>
       <c r="N13" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>58</v>