--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -605,51 +605,51 @@
   <si>
     <t>3 - 2</t>
   </si>
   <si>
     <t>Análisis y Pronóstico Macroeconómico / Macroeconomic Analysis and Forecasting</t>
   </si>
   <si>
     <t>FCEE-BA23-321</t>
   </si>
   <si>
     <t>0000014015</t>
   </si>
   <si>
     <t>Macroeconomic Analysis and Forecasting</t>
   </si>
   <si>
     <t>Análisis y Pronóstico Macroeconómico</t>
   </si>
   <si>
     <t>Analitica de Datos para la Gestión del Talento</t>
   </si>
   <si>
     <t>FCEE-BA23-322</t>
   </si>
   <si>
-    <t>0000012199</t>
+    <t>0000014018</t>
   </si>
   <si>
     <t>People Analytics</t>
   </si>
   <si>
     <t>Arquitectura de Redes</t>
   </si>
   <si>
     <t>DTC-GITT-321</t>
   </si>
   <si>
     <t>0000006844</t>
   </si>
   <si>
     <t>Computer Network Architecture</t>
   </si>
   <si>
     <t>Machine Learning I: Fundamentos y Aprendizaje Supervisado / Machine Learning I: Principles and Supervised Learning</t>
   </si>
   <si>
     <t>FCEE-BA23-323</t>
   </si>
   <si>
     <t>0000014028</t>
   </si>