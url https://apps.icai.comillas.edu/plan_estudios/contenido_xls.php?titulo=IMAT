--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -62,51 +62,51 @@
   <si>
     <t>AsPNId</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Sem</t>
   </si>
   <si>
     <t>Nombre_ingles</t>
   </si>
   <si>
     <t>Nombre_español</t>
   </si>
   <si>
     <t>Grupo_de_clase</t>
   </si>
   <si>
     <t>Memoria_verificación</t>
   </si>
   <si>
     <t>0-0</t>
   </si>
   <si>
-    <t>IMAT - Grado en Ingeniería Matemática e Inteligencia Artificial</t>
+    <t>IMAT - Grado en Ingeniería Matemática e Inteligencia Artificial {2021}</t>
   </si>
   <si>
     <t>1-0</t>
   </si>
   <si>
     <t>1º Año</t>
   </si>
   <si>
     <t>1 - A</t>
   </si>
   <si>
     <t>Álgebra y Geometría</t>
   </si>
   <si>
     <t>OB</t>
   </si>
   <si>
     <t>DMA</t>
   </si>
   <si>
     <t>DMA-IMAT-101</t>
   </si>
   <si>
     <t>0000011469</t>
   </si>