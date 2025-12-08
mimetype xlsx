--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Periodo</t>
   </si>
   <si>
     <t>Nombre_oficial</t>
   </si>
   <si>
     <t>ECTS</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>Estilo</t>
   </si>
   <si>
     <t>Idioma</t>
   </si>
   <si>
     <t>Código</t>
   </si>
   <si>
@@ -137,174 +137,153 @@
   <si>
     <t>DIM-M2S-502</t>
   </si>
   <si>
     <t>0000012984</t>
   </si>
   <si>
     <t>Modelización estructural y FEA</t>
   </si>
   <si>
     <t>Sustainable Mobility</t>
   </si>
   <si>
     <t>DIM-MMS-505</t>
   </si>
   <si>
     <t>0000011527</t>
   </si>
   <si>
     <t>Movilidad Sostenible</t>
   </si>
   <si>
     <t>1 - 1</t>
   </si>
   <si>
-    <t>Dinámica del Vehículo</t>
-[...7 lines deleted...]
-  <si>
     <t>Vehicle Dynamics</t>
   </si>
   <si>
     <t>DIM-MMS-523</t>
   </si>
   <si>
     <t>0000011532</t>
   </si>
   <si>
     <t>Dinámica de Vehículos</t>
   </si>
   <si>
     <t>1 - 2</t>
   </si>
   <si>
     <t>Drivetrain</t>
   </si>
   <si>
     <t>DIM-M2S-523</t>
   </si>
   <si>
     <t>0000012982</t>
   </si>
   <si>
     <t>Sistema de Transmisión</t>
   </si>
   <si>
-    <t>Telemetría y Adquisición de Datos</t>
-[...2 lines deleted...]
-    <t>DIM-M2S-613mc</t>
+    <t>2-0</t>
+  </si>
+  <si>
+    <t>2º Año</t>
+  </si>
+  <si>
+    <t>2 - A</t>
+  </si>
+  <si>
+    <t>Data Analysis and Visualization with Python</t>
+  </si>
+  <si>
+    <t>DTC</t>
+  </si>
+  <si>
+    <t>DTC-MMS-502</t>
+  </si>
+  <si>
+    <t>0000012094</t>
+  </si>
+  <si>
+    <t>Análisis de Datos y Visualización con Python</t>
+  </si>
+  <si>
+    <t>Global Transportation</t>
+  </si>
+  <si>
+    <t>DIM-MMS-521</t>
+  </si>
+  <si>
+    <t>0000011530</t>
+  </si>
+  <si>
+    <t>Logística y Transporte Global</t>
+  </si>
+  <si>
+    <t>Technologies and methods</t>
+  </si>
+  <si>
+    <t>DIM-M2S-601</t>
+  </si>
+  <si>
+    <t>0000013437</t>
+  </si>
+  <si>
+    <t>Tecnologías y métodos</t>
+  </si>
+  <si>
+    <t>2 - 1</t>
+  </si>
+  <si>
+    <t>ADAS and sensor technology</t>
+  </si>
+  <si>
+    <t>DIM-M2S-611</t>
+  </si>
+  <si>
+    <t>0000013438</t>
+  </si>
+  <si>
+    <t>Tecnología de sensores y ADAS</t>
+  </si>
+  <si>
+    <t>Integrated Safety and Restraint Systems</t>
+  </si>
+  <si>
+    <t>DIM-M2S-612</t>
+  </si>
+  <si>
+    <t>0000013439</t>
+  </si>
+  <si>
+    <t>Sistemas de retención y seguridad integrados</t>
   </si>
   <si>
     <t>Telemetry and data acquisition</t>
-  </si>
-[...79 lines deleted...]
-    <t>Sistemas de retención y seguridad integrados</t>
   </si>
   <si>
     <t>DIM-M2S-613</t>
   </si>
   <si>
     <t>0000013440</t>
   </si>
   <si>
     <t>Telemetría y adquisición de datos</t>
   </si>
   <si>
     <t>2 - 2</t>
   </si>
   <si>
     <t>Autonomous Vehicles</t>
   </si>
   <si>
     <t>DIM-M2S-621</t>
   </si>
   <si>
     <t>0000013441</t>
   </si>
   <si>
     <t>Vehículos Autónomos</t>
   </si>
@@ -721,54 +700,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P26"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L26" sqref="L26"/>
+      <selection activeCell="L23" sqref="L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="4" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="B1" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
@@ -983,646 +962,541 @@
       <c r="C8" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="1">
         <v>3</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8" s="3">
         <v>1</v>
       </c>
       <c r="M8" t="s">
+        <v>41</v>
+      </c>
+      <c r="N8" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D9" s="1">
         <v>3</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
+      <c r="H9" t="s">
+        <v>23</v>
+      </c>
       <c r="I9" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="N9" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      <c r="C10" s="1" t="s">
         <v>49</v>
-      </c>
-[...28 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
-        <v>48</v>
-[...29 lines deleted...]
-        <v>53</v>
+        <v>50</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1">
+        <v>3</v>
+      </c>
+      <c r="E12" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>23</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="J12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D12" s="1">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="K12">
+        <v>2</v>
+      </c>
+      <c r="L12" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M12" t="s">
+        <v>53</v>
+      </c>
+      <c r="N12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="B13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="1">
+        <v>3</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13" t="s">
         <v>22</v>
       </c>
-      <c r="I12" s="2" t="s">
-[...15 lines deleted...]
-        <v>56</v>
+      <c r="I13" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="J13" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13">
+        <v>2</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M13" t="s">
+        <v>58</v>
+      </c>
+      <c r="N13" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>52</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="1">
+        <v>3</v>
+      </c>
+      <c r="E14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14">
+        <v>2</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M14" t="s">
+        <v>62</v>
+      </c>
+      <c r="N14" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="D15" s="1">
         <v>3</v>
       </c>
       <c r="E15" t="s">
         <v>21</v>
       </c>
       <c r="F15" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
-      <c r="L15" s="3" t="s">
-        <v>26</v>
+      <c r="L15" s="3">
+        <v>1</v>
       </c>
       <c r="M15" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="N15" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D16" s="1">
         <v>3</v>
       </c>
       <c r="E16" t="s">
         <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
-      <c r="L16" s="3" t="s">
-        <v>26</v>
+      <c r="L16" s="3">
+        <v>1</v>
       </c>
       <c r="M16" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="N16" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D17" s="1">
         <v>3</v>
       </c>
       <c r="E17" t="s">
         <v>21</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="H17" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
-      <c r="L17" s="3" t="s">
-        <v>26</v>
+      <c r="L17" s="3">
+        <v>1</v>
       </c>
       <c r="M17" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="N17" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" t="s">
         <v>21</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I18" s="2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M18" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="N18" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D19" s="1">
         <v>3</v>
       </c>
       <c r="E19" t="s">
         <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
+      <c r="H19" t="s">
+        <v>23</v>
+      </c>
       <c r="I19" s="2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M19" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="N19" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="D20" s="1">
         <v>3</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I20" s="2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M20" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="N20" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D21" s="1">
         <v>3</v>
       </c>
       <c r="E21" t="s">
         <v>21</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21" s="3">
         <v>2</v>
       </c>
       <c r="M21" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="N21" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D22" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E22" t="s">
         <v>21</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H22" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22" s="3">
         <v>2</v>
       </c>
       <c r="M22" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="N22" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D23" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E23" t="s">
         <v>21</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>97</v>
+      </c>
+      <c r="H23" t="s">
+        <v>23</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23" s="3">
         <v>2</v>
       </c>
       <c r="M23" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="N23" t="s">
-        <v>98</v>
-[...50 lines deleted...]
-      <c r="F25" t="s">
         <v>104</v>
-      </c>
-[...57 lines deleted...]
-        <v>111</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">