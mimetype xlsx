--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -293,168 +293,168 @@
   <si>
     <t>0000012981</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Master Thesis</t>
   </si>
   <si>
     <t>Trabajo Fin de Máster (MII)</t>
   </si>
   <si>
     <t>XXX-MII-670</t>
   </si>
   <si>
     <t>0000010503</t>
   </si>
   <si>
     <t>Master Thesis (MII)</t>
   </si>
   <si>
     <t>2 - 1</t>
   </si>
   <si>
+    <t>Dirección de Proyectos</t>
+  </si>
+  <si>
+    <t>DOI-MII-681</t>
+  </si>
+  <si>
+    <t>0000010504</t>
+  </si>
+  <si>
+    <t>Project Management</t>
+  </si>
+  <si>
+    <t>Ética y RSC</t>
+  </si>
+  <si>
+    <t>DOI-MII-682</t>
+  </si>
+  <si>
+    <t>0000010366</t>
+  </si>
+  <si>
+    <t>Professional Ethics and Corporate Social Responsibility</t>
+  </si>
+  <si>
+    <t>Liderazgo y Gestión del Cambio</t>
+  </si>
+  <si>
+    <t>DOI-MII-683</t>
+  </si>
+  <si>
+    <t>0000010367</t>
+  </si>
+  <si>
+    <t>Leadership and Change Management</t>
+  </si>
+  <si>
+    <t>Optativa Complementaria. Big Data en Banca y Finanzas Digitales</t>
+  </si>
+  <si>
+    <t>OP</t>
+  </si>
+  <si>
+    <t>DTC-MTF-514oc</t>
+  </si>
+  <si>
+    <t>0000014115</t>
+  </si>
+  <si>
+    <t>Big Data in Banking &amp; Digital Finance</t>
+  </si>
+  <si>
+    <t>Big Data en Banca y Finanzas Digitales</t>
+  </si>
+  <si>
+    <t>Optativa Complementaria. Finanzas Descentralizadas y Blockchain</t>
+  </si>
+  <si>
+    <t>DTC-MTF-513oc</t>
+  </si>
+  <si>
+    <t>0000013469</t>
+  </si>
+  <si>
+    <t>Decentralized Finance and Blockchain</t>
+  </si>
+  <si>
+    <t>Finanzas Descentralizadas y Blockchain</t>
+  </si>
+  <si>
+    <t>Sistemas de Producción y Fabricación</t>
+  </si>
+  <si>
+    <t>DOI-MII-625</t>
+  </si>
+  <si>
+    <t>0000010505</t>
+  </si>
+  <si>
+    <t>Production and Manufacturing Systems</t>
+  </si>
+  <si>
+    <t>Gestión de Carteras e Inversión Basada en Datos</t>
+  </si>
+  <si>
+    <t>DOI-MII-614</t>
+  </si>
+  <si>
+    <t>0000014121</t>
+  </si>
+  <si>
+    <t>Portfolio Management and Data-Driven Investing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Técnicas de Trading Algorítmico </t>
+  </si>
+  <si>
+    <t>DOI-MII-615</t>
+  </si>
+  <si>
+    <t>0000014122</t>
+  </si>
+  <si>
+    <t>Algorithmic Trading Techniques</t>
+  </si>
+  <si>
+    <t>2 - 2</t>
+  </si>
+  <si>
     <t>Creación, Organización y Dirección de Empresas</t>
   </si>
   <si>
     <t>DOI-MII-680</t>
   </si>
   <si>
     <t>0000010512</t>
   </si>
   <si>
     <t>Business Administration</t>
-  </si>
-[...106 lines deleted...]
-    <t>2 - 2</t>
   </si>
   <si>
     <t>Ética y Regulación en las Finanzas Digitales</t>
   </si>
   <si>
     <t>DOI-MTF-525</t>
   </si>
   <si>
     <t>0000012979</t>
   </si>
   <si>
     <t>Ethics and Regulation in Digital Finance</t>
   </si>
   <si>
     <t>Modelos de Negocio Disruptivos en Banca y Finanzas</t>
   </si>
   <si>
     <t>DOI-MTF-522</t>
   </si>
   <si>
     <t>0000012971</t>
   </si>
   <si>
     <t>Disruptive Business Models in Banking and Finance</t>
   </si>
@@ -835,1073 +835,1073 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W32"/>
+  <dimension ref="A1:AB32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="L32" sqref="L32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="4" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:28">
       <c r="B1" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>1</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
       <c r="E1" t="s">
         <v>3</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
       <c r="G1" t="s">
         <v>5</v>
       </c>
       <c r="H1" t="s">
         <v>6</v>
       </c>
       <c r="I1" t="s">
         <v>7</v>
       </c>
       <c r="J1" t="s">
         <v>8</v>
       </c>
       <c r="K1" t="s">
         <v>9</v>
       </c>
       <c r="L1" t="s">
         <v>10</v>
       </c>
       <c r="M1" t="s">
         <v>11</v>
       </c>
       <c r="N1" t="s">
         <v>12</v>
       </c>
       <c r="O1" t="s">
         <v>13</v>
       </c>
       <c r="P1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:23">
+    <row r="2" spans="1:28">
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:23">
+    <row r="3" spans="1:28">
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="4" spans="1:23">
+    <row r="4" spans="1:28">
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="1">
         <v>6</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4" s="3">
         <v>1</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:23">
+    <row r="5" spans="1:28">
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="1">
         <v>6</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" s="3">
         <v>1</v>
       </c>
       <c r="M5" t="s">
         <v>31</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="6" spans="1:23">
+    <row r="6" spans="1:28">
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="1">
         <v>6</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6" s="3">
         <v>1</v>
       </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="7" spans="1:23">
+    <row r="7" spans="1:28">
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="1">
         <v>4.5</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K7" t="s">
         <v>40</v>
       </c>
       <c r="L7" s="3">
         <v>1</v>
       </c>
       <c r="M7" t="s">
         <v>41</v>
       </c>
       <c r="N7" t="s">
         <v>37</v>
       </c>
       <c r="S7" t="s">
         <v>40</v>
       </c>
-      <c r="T7" t="s">
+      <c r="V7" t="s">
         <v>40</v>
       </c>
-      <c r="W7" t="s">
+      <c r="AB7" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="8" spans="1:23">
+    <row r="8" spans="1:28">
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="1">
         <v>4.5</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8" s="3">
         <v>1</v>
       </c>
       <c r="M8" t="s">
         <v>45</v>
       </c>
       <c r="N8" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="9" spans="1:23">
+    <row r="9" spans="1:28">
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="1">
         <v>7.5</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>47</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9" s="3">
         <v>1</v>
       </c>
       <c r="M9" t="s">
         <v>50</v>
       </c>
       <c r="N9" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="10" spans="1:23">
+    <row r="10" spans="1:28">
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="1">
         <v>6</v>
       </c>
       <c r="E10" t="s">
         <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>47</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" s="3">
         <v>2</v>
       </c>
       <c r="M10" t="s">
         <v>55</v>
       </c>
       <c r="N10" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="11" spans="1:23">
+    <row r="11" spans="1:28">
       <c r="B11" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D11" s="1">
         <v>7.5</v>
       </c>
       <c r="E11" t="s">
         <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" s="3">
         <v>2</v>
       </c>
       <c r="M11" t="s">
         <v>59</v>
       </c>
       <c r="N11" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="12" spans="1:23">
+    <row r="12" spans="1:28">
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D12" s="1">
         <v>4.5</v>
       </c>
       <c r="E12" t="s">
         <v>21</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12" s="3">
         <v>2</v>
       </c>
       <c r="M12" t="s">
         <v>63</v>
       </c>
       <c r="N12" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="13" spans="1:23">
+    <row r="13" spans="1:28">
       <c r="B13" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D13" s="1">
         <v>7.5</v>
       </c>
       <c r="E13" t="s">
         <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13" s="3">
         <v>2</v>
       </c>
       <c r="M13" t="s">
         <v>67</v>
       </c>
       <c r="N13" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="14" spans="1:23">
+    <row r="14" spans="1:28">
       <c r="B14" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D14" s="1">
         <v>6</v>
       </c>
       <c r="E14" t="s">
         <v>21</v>
       </c>
       <c r="F14" t="s">
         <v>69</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>71</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" s="3">
         <v>2</v>
       </c>
       <c r="M14" t="s">
         <v>72</v>
       </c>
       <c r="N14" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="15" spans="1:23">
+    <row r="15" spans="1:28">
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D15" s="1">
         <v>4.5</v>
       </c>
       <c r="E15" t="s">
         <v>74</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15" s="3">
         <v>2</v>
       </c>
       <c r="M15" t="s">
         <v>77</v>
       </c>
       <c r="N15" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="17" spans="1:23">
+    <row r="17" spans="1:28">
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="18" spans="1:23">
+    <row r="18" spans="1:28">
       <c r="B18" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D18" s="1">
         <v>6</v>
       </c>
       <c r="E18" t="s">
         <v>82</v>
       </c>
       <c r="F18" t="s">
         <v>83</v>
       </c>
       <c r="I18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>86</v>
       </c>
       <c r="M18" t="s">
         <v>87</v>
       </c>
       <c r="N18" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="19" spans="1:23">
+    <row r="19" spans="1:28">
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="1">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>82</v>
       </c>
       <c r="F19" t="s">
         <v>83</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>89</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>86</v>
       </c>
       <c r="M19" t="s">
         <v>91</v>
       </c>
       <c r="N19" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="20" spans="1:23">
+    <row r="20" spans="1:28">
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D20" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
+      <c r="H20" t="s">
+        <v>23</v>
+      </c>
       <c r="I20" s="2" t="s">
         <v>94</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>95</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20" s="3">
         <v>1</v>
       </c>
       <c r="M20" t="s">
         <v>96</v>
       </c>
       <c r="N20" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="21" spans="1:23">
+    <row r="21" spans="1:28">
       <c r="B21" t="s">
         <v>92</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D21" s="1">
         <v>3</v>
       </c>
       <c r="E21" t="s">
         <v>21</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I21" s="2" t="s">
         <v>98</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21" s="3">
         <v>1</v>
       </c>
       <c r="M21" t="s">
         <v>100</v>
       </c>
       <c r="N21" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="22" spans="1:23">
+    <row r="22" spans="1:28">
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="1">
         <v>3</v>
       </c>
       <c r="E22" t="s">
         <v>21</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22" s="3">
         <v>1</v>
       </c>
       <c r="M22" t="s">
         <v>104</v>
       </c>
       <c r="N22" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="23" spans="1:23">
+    <row r="23" spans="1:28">
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E23" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23" s="3">
         <v>1</v>
       </c>
       <c r="M23" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N23" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:23">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="24" spans="1:28">
       <c r="B24" t="s">
         <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D24" s="1">
         <v>6</v>
       </c>
       <c r="E24" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="F24" t="s">
         <v>69</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K24">
         <v>2</v>
       </c>
       <c r="L24" s="3">
         <v>1</v>
       </c>
       <c r="M24" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N24" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:23">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="25" spans="1:28">
       <c r="B25" t="s">
         <v>92</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D25" s="1">
         <v>6</v>
       </c>
       <c r="E25" t="s">
         <v>21</v>
       </c>
       <c r="F25" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="I25" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="J25" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="K25">
+        <v>2</v>
+      </c>
+      <c r="L25" s="3">
+        <v>1</v>
+      </c>
+      <c r="M25" t="s">
+        <v>119</v>
+      </c>
+      <c r="N25" t="s">
         <v>116</v>
       </c>
-      <c r="J25" s="2" t="s">
-[...15 lines deleted...]
-    <row r="26" spans="1:23">
+    </row>
+    <row r="26" spans="1:28">
       <c r="B26" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D26" s="1">
-        <v>6</v>
+        <v>4.5</v>
       </c>
       <c r="E26" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>121</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>122</v>
       </c>
       <c r="K26">
         <v>2</v>
       </c>
       <c r="L26" s="3">
         <v>1</v>
       </c>
       <c r="M26" t="s">
         <v>123</v>
       </c>
       <c r="N26" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="27" spans="1:23">
+    <row r="27" spans="1:28">
       <c r="B27" t="s">
         <v>92</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D27" s="1">
         <v>4.5</v>
       </c>
       <c r="E27" t="s">
         <v>74</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>125</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>126</v>
       </c>
       <c r="K27">
         <v>2</v>
       </c>
       <c r="L27" s="3">
         <v>1</v>
       </c>
       <c r="M27" t="s">
         <v>127</v>
       </c>
       <c r="N27" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="28" spans="1:23">
+    <row r="28" spans="1:28">
       <c r="B28" t="s">
-        <v>92</v>
+        <v>128</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D28" s="1">
-        <v>4.5</v>
+        <v>6</v>
       </c>
       <c r="E28" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="K28">
+        <v>2</v>
+      </c>
+      <c r="L28" s="3">
+        <v>2</v>
+      </c>
+      <c r="M28" t="s">
+        <v>132</v>
+      </c>
+      <c r="N28" t="s">
         <v>129</v>
       </c>
-      <c r="J28" s="2" t="s">
-[...11 lines deleted...]
-      <c r="N28" t="s">
+    </row>
+    <row r="29" spans="1:28">
+      <c r="B29" t="s">
         <v>128</v>
-      </c>
-[...3 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D29" s="1">
         <v>1.5</v>
       </c>
       <c r="E29" t="s">
         <v>21</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>134</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>135</v>
       </c>
       <c r="K29">
         <v>2</v>
       </c>
       <c r="L29" s="3">
         <v>2</v>
       </c>
       <c r="M29" t="s">
         <v>136</v>
       </c>
       <c r="N29" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="30" spans="1:23">
+    <row r="30" spans="1:28">
       <c r="B30" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D30" s="1">
         <v>4.5</v>
       </c>
       <c r="E30" t="s">
         <v>21</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>138</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>139</v>
       </c>
       <c r="K30">
         <v>2</v>
       </c>
       <c r="L30" s="3">
         <v>2</v>
       </c>
       <c r="M30" t="s">
         <v>140</v>
       </c>
       <c r="N30" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="31" spans="1:23">
+    <row r="31" spans="1:28">
       <c r="B31" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D31" s="1">
         <v>6</v>
       </c>
       <c r="E31" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="F31" t="s">
         <v>83</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>142</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>143</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31" s="3">
         <v>2</v>
       </c>
       <c r="M31" t="s">
         <v>144</v>
       </c>
       <c r="N31" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="32" spans="1:23">
+    <row r="32" spans="1:28">
       <c r="B32" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D32" s="1">
         <v>6</v>
       </c>
       <c r="E32" t="s">
         <v>21</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="2" t="s">
         <v>147</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>148</v>
       </c>
       <c r="K32">
         <v>2</v>
       </c>
       <c r="L32" s="3">
         <v>2</v>
       </c>